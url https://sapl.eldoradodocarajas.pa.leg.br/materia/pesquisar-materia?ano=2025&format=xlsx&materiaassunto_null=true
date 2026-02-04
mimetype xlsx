--- v0 (2025-12-11)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1728" uniqueCount="826">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1728" uniqueCount="834">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2258,113 +2258,137 @@
   <si>
     <t>Indica ao Poder Executivo, a realização de estudo técnico e a adoção das medidas necessárias para garantir o acesso seguro e desobstruído das ambulâncias à sala de pronto-socorro do Hospital Municipal de Eldorado do Carajás.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>JENEAN REIS, MARCELO BRAGA</t>
   </si>
   <si>
     <t>https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/741/camscanner_06-11-2025_09.55.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de implantação e regularização do sistema de abastecimento de água na Vila Lourival Santana, localizada no Município de Eldorado do Carajás/PA.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
+    <t>https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/746/camscanner_16-12-2025_09.11.pdf</t>
+  </si>
+  <si>
     <t>Indico ao Executivo Municipal, a Solicitação para   atendimento com      veículo odontomóvel da Secretaria Municipal de Saúde, para os Projetos de Assentamentos mencionados, deste MUNICÍPIO DE ELDORADO DO CARAJÁS/PA.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
+    <t>https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/747/camscanner_16-12-2025_09.13.pdf</t>
+  </si>
+  <si>
     <t>Indica ao Poder Executivo a necessidade de recuperação da Rua Mara, no bairro Km 03, incluindo a instalação de bueiro na referida via e a manutenção da iluminação pública em todo o bairro.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
+    <t>https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/748/camscanner_16-12-2025_09.14.pdf</t>
+  </si>
+  <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de recuperação e instalação de bueiros na estrada vicinal do Rambo e Adalto, localizada no Projeto de Assentamento Lourival Santana (Peruana).</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
+    <t>https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/749/camscanner_16-12-2025_09.15.pdf</t>
+  </si>
+  <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de recuperação e instalação de bueiros na estrada vicinal do Professor Ronivan, próxima à entrada do Alagoano, localizada no Projeto de Assentamento Lourival Santana (Peruana).</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
+    <t>https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/750/camscanner_16-12-2025_09.16.pdf</t>
+  </si>
+  <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de recuperação da estrada e da ponte na vicinal do Antônio Reis, que dá acesso ao Rio e à estrada vicinal do Lampião, localizada no Projeto de Assentamento Lourival Santana (Peruana).</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
+    <t>https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/751/camscanner_16-12-2025_09.16_1.pdf</t>
+  </si>
+  <si>
     <t>Indica ao Poder Executivo Municipal a intervenção junto à Equatorial Energia para que seja designada uma equipe de plantão permanente no Município de Eldorado do Carajás, Estado do Pará.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
+    <t>https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/752/camscanner_16-12-2025_09.17.pdf</t>
+  </si>
+  <si>
     <t>Indica ao Poder Executivo Municipal a recuperação de três pontes no Projeto de Assentamento PA Água Fria, na Vicinal do Cajueiro, devido às condições intrafegáveis que comprometem o deslocamento dos moradores e o transporte escolar da região.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
+    <t>https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/756/camscanner_16-12-2025_09.18.pdf</t>
+  </si>
+  <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de implantação de sinalização de área escolar e redução da velocidade no entorno da Escola Conceição Silveira Campos, localizada na Rua São João, BR 155, esquina com a Rua São José, Km 100.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>LO</t>
   </si>
   <si>
     <t>Leis Ordinárias</t>
   </si>
   <si>
     <t>Dispoe sobre a obrigatoriedade da capacitação em noçoes básicas de primeiros socorros de professores e funcionarios de estabelecimentos de ensino públicos e privados de educação básica e infantil nas escolas da rede municipal e particular de ensino e dá outras providencias.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Política Municipal Integrada de Enfrentamento à Violencia denominada "Acolher", com a articulação de campnahas existentes e atuação dos agentes comunitários de saude (ACS) como rede de detecção e encaminhamento de situações de violência, e dá outras providências.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
@@ -2435,51 +2459,51 @@
   <si>
     <t>730</t>
   </si>
   <si>
     <t>https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/730/projeto_de_lei_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei Orçamentária Anual para o exercício de 2026 -  LOA 2026 do Município de Eldorado do Carajás, e dá outras providencias.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/742/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do serviço de transporte público coletivo urbano do Município de Eldorado do Carajás/PA, e dá outras providências.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/743/projeto_de_lei.pdf</t>
   </si>
   <si>
-    <t>Dispõe sobre a prorrogação do Plano Municipal de Educação até 31 de dezembro de 2025, aprovado por meio da Lei nº. 375, de 18 de junho de 2015.</t>
+    <t>Dispõe sobre a prorrogação do Plano Municipal de Educação até 31 de dezembro de 2026, aprovado por meio da Lei nº. 375, de 18 de junho de 2015.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo Municipal e orgão competente, que seja tomada as devidas medidas  efetivas para: Implantar um calendário anual de atividades e campanhas relacionadas ao Maio Laranja, com ampla divulgação e participação da comunidade.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>CRISTILEY FERNANDES, FRANQUINEA</t>
   </si>
   <si>
     <t>Congratula e aplaude o jovem Breno Cortes Figueira de Castro, representante do Comitê de Participação da Criança e do Adolescente (CPA) da Região Carajás, por sua destacada atuação nas conferências municipais e estaduais e por representar os adolescentes do Estado do Pará na COP30.</t>
   </si>
   <si>
     <t>754</t>
   </si>
@@ -2843,51 +2867,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/673/1_-_plc_01-2025-pmec.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/558/1_-_plo_02-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/559/1_-_plo_03-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/571/1_-_plo_04-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/602/1_-_plo_05-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/608/1_-_plo_06-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/616/1_-_plo_07-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/617/1_-_plo_08-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/630/1_-_plo_09-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/631/1_-_plo_10-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/667/1_-_plo_12-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/668/1_-_plo_13-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/670/1_-_plo_14-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/674/1_-_plo_15-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/675/1_-_plo_16-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/681/1_-_plo_17-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/701/1_-_plo_18-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/538/pr_01-2025001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/581/1_-_pr_01-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/539/1.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/540/2.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/541/3.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/542/4.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/543/5.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/545/6.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/546/7.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/547/8.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/548/9.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/549/10.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/550/11.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/551/12.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/553/13.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/554/14.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/555/15.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/556/16.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/557/17.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/560/18.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/562/19.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/563/20.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/561/21.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/565/22.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/566/23.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/567/24.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/568/25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/569/26.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/570/27.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/572/28.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/573/29.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/574/30.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/575/31.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/576/32.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/577/33.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/578/34.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/579/35.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/580/36.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/582/37.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/583/38.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/584/39.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/585/40.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/586/41.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/587/42.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/588/43.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/589/44.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/590/45.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/591/46.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/592/47.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/593/48.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/594/49.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/595/50.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/596/51.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/597/52.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/598/53.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/599/54.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/600/55.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/601/56.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/603/57.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/604/58.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/605/59.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/606/60.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/607/61.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/609/62.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/610/63.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/611/64.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/612/65.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/613/66.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/614/67.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/615/68.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/618/69.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/619/70.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/620/71.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/621/72.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/622/73.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/624/74.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/625/75.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/626/76.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/627/77.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/635/78.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/636/79.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/641/80.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/642/81.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/643/82.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/644/83.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/645/84.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/646/85.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/647/86.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/648/87.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/649/88.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/650/89.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/651/90.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/652/91.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/653/92.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/654/93.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/655/94.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/657/95.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/658/96.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/659/97.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/660/98.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/661/99.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/662/100.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/663/101.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/664/102.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/669/103.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/671/104.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/676/105.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/677/106.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/678/107.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/679/108.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/680/109.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/682/110.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/683/111.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/684/112.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/685/113.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/686/114.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/687/115.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/688/116.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/689/117.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/690/118.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/691/119.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/692/120.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/693/121.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/694/122.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/695/123.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/696/124.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/697/125.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/698/126.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/699/127.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/700/128.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/702/camscanner_26-08-2025_09.13_1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/703/camscanner_26-08-2025_09.11_1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/704/camscanner_26-08-2025_09.09.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/705/camscanner_26-08-2025_09.06_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/707/camscanner_26-08-2025_09.14_1.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/709/camscanner_26-08-2025_09.07_2_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/711/136.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/713/camscanner_10-10-2025_08.501.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/714/camscanner_10-10-2025_08.58.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/715/camscanner_10-10-2025_09.00.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/716/camscanner_10-10-2025_09.001.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/717/camscanner_04-09-2025_09.171_1.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/718/camscanner_10-10-2025_09.021_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/719/camscanner_10-10-2025_09.05.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/720/camscanner_10-10-2025_09.07.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/721/camscanner_10-10-2025_09.08.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/722/camscanner_10-10-2025_09.081.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/723/camscanner_10-10-2025_09.10.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/724/camscanner_10-10-2025_09.11.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/725/camscanner_10-10-2025_09.12.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/728/camscanner_10-10-2025_09.13.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/729/camscanner_10-10-2025_09.131.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/731/ind._152.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/732/camscanner_06-11-2025_09.49.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/733/camscanner_06-11-2025_09.52.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/738/camscanner_06-11-2025_09.53.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/739/camscanner_06-11-2025_09.531.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/740/camscanner_06-11-2025_09.54.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/741/camscanner_06-11-2025_09.55.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/564/1_-_plo_01-2025-pmec.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/623/pldo_2026.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/639/1_-_plo_03-2025-pmec.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/640/1_-_plo_04-2025-pmec.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/672/1_-_plo_05-2025-pmec.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/712/projeto_de_lei_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/730/projeto_de_lei_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/742/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/743/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/637/1_-_veto_01-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/673/1_-_plc_01-2025-pmec.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/558/1_-_plo_02-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/559/1_-_plo_03-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/571/1_-_plo_04-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/602/1_-_plo_05-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/608/1_-_plo_06-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/616/1_-_plo_07-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/617/1_-_plo_08-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/630/1_-_plo_09-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/631/1_-_plo_10-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/667/1_-_plo_12-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/668/1_-_plo_13-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/670/1_-_plo_14-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/674/1_-_plo_15-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/675/1_-_plo_16-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/681/1_-_plo_17-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/701/1_-_plo_18-2025-cmec.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/538/pr_01-2025001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/581/1_-_pr_01-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/539/1.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/540/2.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/541/3.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/542/4.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/543/5.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/545/6.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/546/7.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/547/8.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/548/9.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/549/10.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/550/11.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/551/12.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/553/13.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/554/14.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/555/15.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/556/16.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/557/17.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/560/18.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/562/19.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/563/20.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/561/21.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/565/22.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/566/23.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/567/24.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/568/25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/569/26.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/570/27.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/572/28.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/573/29.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/574/30.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/575/31.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/576/32.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/577/33.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/578/34.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/579/35.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/580/36.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/582/37.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/583/38.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/584/39.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/585/40.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/586/41.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/587/42.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/588/43.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/589/44.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/590/45.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/591/46.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/592/47.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/593/48.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/594/49.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/595/50.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/596/51.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/597/52.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/598/53.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/599/54.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/600/55.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/601/56.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/603/57.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/604/58.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/605/59.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/606/60.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/607/61.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/609/62.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/610/63.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/611/64.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/612/65.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/613/66.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/614/67.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/615/68.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/618/69.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/619/70.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/620/71.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/621/72.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/622/73.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/624/74.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/625/75.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/626/76.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/627/77.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/635/78.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/636/79.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/641/80.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/642/81.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/643/82.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/644/83.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/645/84.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/646/85.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/647/86.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/648/87.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/649/88.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/650/89.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/651/90.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/652/91.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/653/92.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/654/93.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/655/94.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/657/95.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/658/96.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/659/97.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/660/98.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/661/99.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/662/100.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/663/101.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/664/102.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/669/103.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/671/104.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/676/105.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/677/106.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/678/107.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/679/108.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/680/109.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/682/110.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/683/111.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/684/112.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/685/113.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/686/114.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/687/115.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/688/116.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/689/117.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/690/118.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/691/119.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/692/120.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/693/121.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/694/122.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/695/123.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/696/124.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/697/125.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/698/126.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/699/127.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/700/128.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/702/camscanner_26-08-2025_09.13_1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/703/camscanner_26-08-2025_09.11_1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/704/camscanner_26-08-2025_09.09.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/705/camscanner_26-08-2025_09.06_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/707/camscanner_26-08-2025_09.14_1.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/709/camscanner_26-08-2025_09.07_2_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/711/136.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/713/camscanner_10-10-2025_08.501.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/714/camscanner_10-10-2025_08.58.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/715/camscanner_10-10-2025_09.00.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/716/camscanner_10-10-2025_09.001.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/717/camscanner_04-09-2025_09.171_1.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/718/camscanner_10-10-2025_09.021_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/719/camscanner_10-10-2025_09.05.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/720/camscanner_10-10-2025_09.07.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/721/camscanner_10-10-2025_09.08.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/722/camscanner_10-10-2025_09.081.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/723/camscanner_10-10-2025_09.10.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/724/camscanner_10-10-2025_09.11.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/725/camscanner_10-10-2025_09.12.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/728/camscanner_10-10-2025_09.13.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/729/camscanner_10-10-2025_09.131.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/731/ind._152.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/732/camscanner_06-11-2025_09.49.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/733/camscanner_06-11-2025_09.52.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/738/camscanner_06-11-2025_09.53.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/739/camscanner_06-11-2025_09.531.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/740/camscanner_06-11-2025_09.54.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/741/camscanner_06-11-2025_09.55.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/746/camscanner_16-12-2025_09.11.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/747/camscanner_16-12-2025_09.13.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/748/camscanner_16-12-2025_09.14.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/749/camscanner_16-12-2025_09.15.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/750/camscanner_16-12-2025_09.16.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/751/camscanner_16-12-2025_09.16_1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/752/camscanner_16-12-2025_09.17.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/756/camscanner_16-12-2025_09.18.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/564/1_-_plo_01-2025-pmec.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/623/pldo_2026.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/639/1_-_plo_03-2025-pmec.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/640/1_-_plo_04-2025-pmec.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/672/1_-_plo_05-2025-pmec.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/712/projeto_de_lei_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/730/projeto_de_lei_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/742/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/743/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/sapl/public/materialegislativa/2025/637/1_-_veto_01-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.eldoradodocarajas.pa.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H216"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="114.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -7798,730 +7822,730 @@
       </c>
       <c r="H189" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>744</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>745</v>
       </c>
       <c r="D190" t="s">
         <v>132</v>
       </c>
       <c r="E190" t="s">
         <v>133</v>
       </c>
       <c r="F190" t="s">
         <v>38</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>20</v>
+        <v>746</v>
       </c>
       <c r="H190" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D191" t="s">
         <v>132</v>
       </c>
       <c r="E191" t="s">
         <v>133</v>
       </c>
       <c r="F191" t="s">
         <v>134</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>20</v>
+        <v>750</v>
       </c>
       <c r="H191" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="D192" t="s">
         <v>132</v>
       </c>
       <c r="E192" t="s">
         <v>133</v>
       </c>
       <c r="F192" t="s">
         <v>129</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>20</v>
+        <v>754</v>
       </c>
       <c r="H192" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="D193" t="s">
         <v>132</v>
       </c>
       <c r="E193" t="s">
         <v>133</v>
       </c>
       <c r="F193" t="s">
         <v>129</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>20</v>
+        <v>758</v>
       </c>
       <c r="H193" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="D194" t="s">
         <v>132</v>
       </c>
       <c r="E194" t="s">
         <v>133</v>
       </c>
       <c r="F194" t="s">
         <v>129</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>20</v>
+        <v>762</v>
       </c>
       <c r="H194" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="D195" t="s">
         <v>132</v>
       </c>
       <c r="E195" t="s">
         <v>133</v>
       </c>
       <c r="F195" t="s">
         <v>19</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>20</v>
+        <v>766</v>
       </c>
       <c r="H195" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="D196" t="s">
         <v>132</v>
       </c>
       <c r="E196" t="s">
         <v>133</v>
       </c>
       <c r="F196" t="s">
         <v>38</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>20</v>
+        <v>770</v>
       </c>
       <c r="H196" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="D197" t="s">
         <v>132</v>
       </c>
       <c r="E197" t="s">
         <v>133</v>
       </c>
       <c r="F197" t="s">
         <v>134</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>20</v>
+        <v>774</v>
       </c>
       <c r="H197" t="s">
-        <v>767</v>
+        <v>775</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>10</v>
       </c>
       <c r="D198" t="s">
-        <v>769</v>
+        <v>777</v>
       </c>
       <c r="E198" t="s">
-        <v>770</v>
+        <v>778</v>
       </c>
       <c r="F198" t="s">
         <v>13</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H198" t="s">
-        <v>771</v>
+        <v>779</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>772</v>
+        <v>780</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>23</v>
       </c>
       <c r="D199" t="s">
-        <v>769</v>
+        <v>777</v>
       </c>
       <c r="E199" t="s">
-        <v>770</v>
+        <v>778</v>
       </c>
       <c r="F199" t="s">
         <v>13</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H199" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>774</v>
+        <v>782</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>10</v>
       </c>
       <c r="D200" t="s">
         <v>17</v>
       </c>
       <c r="E200" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="F200" t="s">
         <v>13</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>776</v>
+        <v>784</v>
       </c>
       <c r="H200" t="s">
-        <v>777</v>
+        <v>785</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>778</v>
+        <v>786</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>23</v>
       </c>
       <c r="D201" t="s">
         <v>17</v>
       </c>
       <c r="E201" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="F201" t="s">
         <v>13</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>779</v>
+        <v>787</v>
       </c>
       <c r="H201" t="s">
-        <v>780</v>
+        <v>788</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>781</v>
+        <v>789</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>28</v>
       </c>
       <c r="D202" t="s">
         <v>17</v>
       </c>
       <c r="E202" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="F202" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>782</v>
+        <v>790</v>
       </c>
       <c r="H202" t="s">
-        <v>783</v>
+        <v>791</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>32</v>
       </c>
       <c r="D203" t="s">
         <v>17</v>
       </c>
       <c r="E203" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="F203" t="s">
         <v>13</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>785</v>
+        <v>793</v>
       </c>
       <c r="H203" t="s">
-        <v>786</v>
+        <v>794</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>787</v>
+        <v>795</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>37</v>
       </c>
       <c r="D204" t="s">
         <v>17</v>
       </c>
       <c r="E204" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="F204" t="s">
         <v>13</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>788</v>
+        <v>796</v>
       </c>
       <c r="H204" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>42</v>
       </c>
       <c r="D205" t="s">
         <v>17</v>
       </c>
       <c r="E205" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="F205" t="s">
         <v>13</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
       <c r="H205" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>47</v>
       </c>
       <c r="D206" t="s">
         <v>17</v>
       </c>
       <c r="E206" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="F206" t="s">
         <v>13</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H206" t="s">
-        <v>794</v>
+        <v>802</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>795</v>
+        <v>803</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>51</v>
       </c>
       <c r="D207" t="s">
         <v>17</v>
       </c>
       <c r="E207" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="F207" t="s">
         <v>13</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H207" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>797</v>
+        <v>805</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>55</v>
       </c>
       <c r="D208" t="s">
         <v>17</v>
       </c>
       <c r="E208" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="F208" t="s">
         <v>13</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>798</v>
+        <v>806</v>
       </c>
       <c r="H208" t="s">
-        <v>799</v>
+        <v>807</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>59</v>
       </c>
       <c r="D209" t="s">
         <v>17</v>
       </c>
       <c r="E209" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="F209" t="s">
         <v>13</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
       <c r="H209" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>803</v>
+        <v>811</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>63</v>
       </c>
       <c r="D210" t="s">
         <v>17</v>
       </c>
       <c r="E210" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="F210" t="s">
         <v>13</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
       <c r="H210" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>10</v>
       </c>
       <c r="D211" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="E211" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="F211" t="s">
         <v>24</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H211" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>23</v>
       </c>
       <c r="D212" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="E212" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="F212" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H212" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>28</v>
       </c>
       <c r="D213" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="E213" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="F213" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H213" t="s">
-        <v>814</v>
+        <v>822</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>815</v>
+        <v>823</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>32</v>
       </c>
       <c r="D214" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="E214" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="F214" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H214" t="s">
-        <v>816</v>
+        <v>824</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>817</v>
+        <v>825</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>10</v>
       </c>
       <c r="D215" t="s">
-        <v>818</v>
+        <v>826</v>
       </c>
       <c r="E215" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="F215" t="s">
         <v>13</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>820</v>
+        <v>828</v>
       </c>
       <c r="H215" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
         <v>10</v>
       </c>
       <c r="D216" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="E216" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
       <c r="F216" t="s">
         <v>107</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H216" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>